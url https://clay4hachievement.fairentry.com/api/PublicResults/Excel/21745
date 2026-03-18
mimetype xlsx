--- v0 (2025-12-20)
+++ v1 (2026-03-18)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eb06cb2c1ba42d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fbbbff2dc9ac4f75ad89ced1b4a69e84.psmdcp" Id="Rf045db236dbd4341" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd402deb3480a4d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/238b1ed6e1354a8bb41d62010d4d6982.psmdcp" Id="R81434e68283944e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Dodge County Fa..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1935" uniqueCount="1935">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>
@@ -2300,150 +2300,150 @@
   <x:si>
     <x:t>206</x:t>
   </x:si>
   <x:si>
     <x:t>563</x:t>
   </x:si>
   <x:si>
     <x:t>720</x:t>
   </x:si>
   <x:si>
     <x:t>866</x:t>
   </x:si>
   <x:si>
     <x:t>1019</x:t>
   </x:si>
   <x:si>
     <x:t>1183</x:t>
   </x:si>
   <x:si>
     <x:t>1488</x:t>
   </x:si>
   <x:si>
     <x:t>1765</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Aerospace</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Aerospace</x:t>
   </x:si>
   <x:si>
     <x:t>77</x:t>
   </x:si>
   <x:si>
     <x:t>Criddle, Charlie</x:t>
   </x:si>
   <x:si>
     <x:t>793</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Child and Family Development</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Child and Family Development</x:t>
   </x:si>
   <x:si>
     <x:t>43</x:t>
   </x:si>
   <x:si>
     <x:t>DeWitz, Carley</x:t>
   </x:si>
   <x:si>
     <x:t>349</x:t>
   </x:si>
   <x:si>
     <x:t>1322</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Clothing and Textiles  /  Constructed Clothing  /  Constructed Clothing - Grades 3-5</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Clothing and Textiles  /  Constructed Clothing  /  Constructed Clothing - Grades 3-5</x:t>
   </x:si>
   <x:si>
     <x:t>556</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Clothing and Textiles  /  Constructed Clothing  /  Constructed Clothing - Grades 9+</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Clothing and Textiles  /  Constructed Clothing  /  Constructed Clothing - Grades 9+</x:t>
   </x:si>
   <x:si>
     <x:t>803</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Clothing and Textiles  /  Fashion Revue - Constructed Clothing</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Clothing and Textiles  /  Fashion Revue - Constructed Clothing</x:t>
   </x:si>
   <x:si>
     <x:t>46</x:t>
   </x:si>
   <x:si>
     <x:t>Clock, Rose</x:t>
   </x:si>
   <x:si>
     <x:t>425</x:t>
   </x:si>
   <x:si>
     <x:t>Class Champion, Grand Champion</x:t>
   </x:si>
   <x:si>
     <x:t>557</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Clothing and Textiles  /  Fashion Revue - Upcycled Clothing</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Clothing and Textiles  /  Fashion Revue - Upcycled Clothing</x:t>
   </x:si>
   <x:si>
     <x:t>150</x:t>
   </x:si>
   <x:si>
     <x:t>Mechtel, Brooklyn</x:t>
   </x:si>
   <x:si>
     <x:t>1661</x:t>
   </x:si>
   <x:si>
     <x:t>Class Champion</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Clothing and Textiles  /  Purchased Clothing</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Clothing and Textiles  /  Purchased Clothing</x:t>
   </x:si>
   <x:si>
     <x:t>Kruckeberg, Emma</x:t>
   </x:si>
   <x:si>
     <x:t>27</x:t>
   </x:si>
   <x:si>
     <x:t>Kruckeberg, Scarlett</x:t>
   </x:si>
   <x:si>
     <x:t>Reserve Class Champion</x:t>
   </x:si>
   <x:si>
     <x:t>683</x:t>
   </x:si>
   <x:si>
     <x:t>135</x:t>
   </x:si>
   <x:si>
     <x:t>Kellogg, Ruby</x:t>
   </x:si>
   <x:si>
     <x:t>1375</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Clothing and Textiles  /  Sewn Non-garment</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Clothing and Textiles  /  Sewn Non-garment</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Peck, Kaitlynn </x:t>
   </x:si>
   <x:si>
     <x:t>38</x:t>
   </x:si>
   <x:si>
     <x:t>Wix, Silas</x:t>
   </x:si>
   <x:si>
     <x:t>305</x:t>
   </x:si>
   <x:si>
     <x:t>45</x:t>
   </x:si>
   <x:si>
     <x:t>Clock, Oliver</x:t>
   </x:si>
   <x:si>
     <x:t>394</x:t>
   </x:si>
   <x:si>
     <x:t>558</x:t>
   </x:si>
@@ -2456,51 +2456,51 @@
   <x:si>
     <x:t>905</x:t>
   </x:si>
   <x:si>
     <x:t>906</x:t>
   </x:si>
   <x:si>
     <x:t>109</x:t>
   </x:si>
   <x:si>
     <x:t>Harris, Maxson</x:t>
   </x:si>
   <x:si>
     <x:t>1092</x:t>
   </x:si>
   <x:si>
     <x:t>1114</x:t>
   </x:si>
   <x:si>
     <x:t>1268</x:t>
   </x:si>
   <x:si>
     <x:t>Class Champion, Reserve Champion</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Crafts and Fine Arts  /  Crafts</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Crafts and Fine Arts  /  Crafts</x:t>
   </x:si>
   <x:si>
     <x:t>28</x:t>
   </x:si>
   <x:si>
     <x:t>59</x:t>
   </x:si>
   <x:si>
     <x:t>60</x:t>
   </x:si>
   <x:si>
     <x:t>61</x:t>
   </x:si>
   <x:si>
     <x:t>Harreld, Marie</x:t>
   </x:si>
   <x:si>
     <x:t>167</x:t>
   </x:si>
   <x:si>
     <x:t>168</x:t>
   </x:si>
   <x:si>
     <x:t>169</x:t>
   </x:si>
@@ -2747,51 +2747,51 @@
   <x:si>
     <x:t>2058</x:t>
   </x:si>
   <x:si>
     <x:t>Salazar, Iker</x:t>
   </x:si>
   <x:si>
     <x:t>2247</x:t>
   </x:si>
   <x:si>
     <x:t>2248</x:t>
   </x:si>
   <x:si>
     <x:t>2249</x:t>
   </x:si>
   <x:si>
     <x:t>2250</x:t>
   </x:si>
   <x:si>
     <x:t>2251</x:t>
   </x:si>
   <x:si>
     <x:t>2431</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Crafts and Fine Arts  /  Fine Arts</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Crafts and Fine Arts  /  Fine Arts</x:t>
   </x:si>
   <x:si>
     <x:t>31</x:t>
   </x:si>
   <x:si>
     <x:t>33</x:t>
   </x:si>
   <x:si>
     <x:t>65</x:t>
   </x:si>
   <x:si>
     <x:t>166</x:t>
   </x:si>
   <x:si>
     <x:t>211</x:t>
   </x:si>
   <x:si>
     <x:t>212</x:t>
   </x:si>
   <x:si>
     <x:t>30</x:t>
   </x:si>
   <x:si>
     <x:t>Midtovne, Annilea</x:t>
   </x:si>
@@ -3011,147 +3011,147 @@
   <x:si>
     <x:t>20</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Mehling, Zoey </x:t>
   </x:si>
   <x:si>
     <x:t>2300</x:t>
   </x:si>
   <x:si>
     <x:t>Dominguez-Marquez, Anyely</x:t>
   </x:si>
   <x:si>
     <x:t>2334</x:t>
   </x:si>
   <x:si>
     <x:t>2335</x:t>
   </x:si>
   <x:si>
     <x:t>2336</x:t>
   </x:si>
   <x:si>
     <x:t>2337</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Creative Writing</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Creative Writing</x:t>
   </x:si>
   <x:si>
     <x:t>143</x:t>
   </x:si>
   <x:si>
     <x:t>Wood, Maren</x:t>
   </x:si>
   <x:si>
     <x:t>1552</x:t>
   </x:si>
   <x:si>
     <x:t>1553</x:t>
   </x:si>
   <x:si>
     <x:t>Class Champion, Honorable Mention</x:t>
   </x:si>
   <x:si>
     <x:t>1598</x:t>
   </x:si>
   <x:si>
     <x:t>1871</x:t>
   </x:si>
   <x:si>
     <x:t>Reserve Champion, Reserve Class Champion</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Engineering Design  /  Engineering Design</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Engineering Design  /  Engineering Design</x:t>
   </x:si>
   <x:si>
     <x:t>1496</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Exploring Animals</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Exploring Animals</x:t>
   </x:si>
   <x:si>
     <x:t>306</x:t>
   </x:si>
   <x:si>
     <x:t>594</x:t>
   </x:si>
   <x:si>
     <x:t>697</x:t>
   </x:si>
   <x:si>
     <x:t>1310</x:t>
   </x:si>
   <x:si>
     <x:t>1448</x:t>
   </x:si>
   <x:si>
     <x:t>1759</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Fishing Sports</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Fishing Sports</x:t>
   </x:si>
   <x:si>
     <x:t>Wolf, Declan</x:t>
   </x:si>
   <x:si>
     <x:t>307</x:t>
   </x:si>
   <x:si>
     <x:t>1219</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Foods and Nutrition  /  Food Preservation</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Foods and Nutrition  /  Food Preservation</x:t>
   </x:si>
   <x:si>
     <x:t>314</x:t>
   </x:si>
   <x:si>
     <x:t>42</x:t>
   </x:si>
   <x:si>
     <x:t>Moenning, John</x:t>
   </x:si>
   <x:si>
     <x:t>346</x:t>
   </x:si>
   <x:si>
     <x:t>733</x:t>
   </x:si>
   <x:si>
     <x:t>1491</x:t>
   </x:si>
   <x:si>
     <x:t>1604</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Foods and Nutrition  /  Food Revue</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Foods and Nutrition  /  Food Revue</x:t>
   </x:si>
   <x:si>
     <x:t>1603</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Foods and Nutrition  /  Foods</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Foods and Nutrition  /  Foods</x:t>
   </x:si>
   <x:si>
     <x:t>Midtovne, Samuel</x:t>
   </x:si>
   <x:si>
     <x:t>245</x:t>
   </x:si>
   <x:si>
     <x:t>308</x:t>
   </x:si>
   <x:si>
     <x:t>458</x:t>
   </x:si>
   <x:si>
     <x:t>486</x:t>
   </x:si>
   <x:si>
     <x:t>700</x:t>
   </x:si>
   <x:si>
     <x:t>790</x:t>
   </x:si>
   <x:si>
     <x:t>76</x:t>
   </x:si>
@@ -3176,183 +3176,183 @@
   <x:si>
     <x:t>910</x:t>
   </x:si>
   <x:si>
     <x:t>997</x:t>
   </x:si>
   <x:si>
     <x:t>1074</x:t>
   </x:si>
   <x:si>
     <x:t>1376</x:t>
   </x:si>
   <x:si>
     <x:t>1601</x:t>
   </x:si>
   <x:si>
     <x:t>1659</x:t>
   </x:si>
   <x:si>
     <x:t>1964</x:t>
   </x:si>
   <x:si>
     <x:t>1973</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Foods and Nutrition  /  Nutrition</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Foods and Nutrition  /  Nutrition</x:t>
   </x:si>
   <x:si>
     <x:t>1377</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Health and Wellness</x:t>
-[...2 lines deleted...]
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Home Environment</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Health and Wellness</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Home Environment</x:t>
   </x:si>
   <x:si>
     <x:t>479</x:t>
   </x:si>
   <x:si>
     <x:t>488</x:t>
   </x:si>
   <x:si>
     <x:t>1275</x:t>
   </x:si>
   <x:si>
     <x:t>1304</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Horticulture  /  Flower Gardening</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Horticulture  /  Flower Gardening</x:t>
   </x:si>
   <x:si>
     <x:t>Henderson, Grace</x:t>
   </x:si>
   <x:si>
     <x:t>261</x:t>
   </x:si>
   <x:si>
     <x:t>738</x:t>
   </x:si>
   <x:si>
     <x:t>1196</x:t>
   </x:si>
   <x:si>
     <x:t>1313</x:t>
   </x:si>
   <x:si>
     <x:t>1378</x:t>
   </x:si>
   <x:si>
     <x:t>1379</x:t>
   </x:si>
   <x:si>
     <x:t>1418</x:t>
   </x:si>
   <x:si>
     <x:t>1498</x:t>
   </x:si>
   <x:si>
     <x:t>1606</x:t>
   </x:si>
   <x:si>
     <x:t>1629</x:t>
   </x:si>
   <x:si>
     <x:t>1766</x:t>
   </x:si>
   <x:si>
     <x:t>1852</x:t>
   </x:si>
   <x:si>
     <x:t>1879</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Horticulture  /  Indoor Gardening</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Horticulture  /  Indoor Gardening</x:t>
   </x:si>
   <x:si>
     <x:t>740</x:t>
   </x:si>
   <x:si>
     <x:t>128</x:t>
   </x:si>
   <x:si>
     <x:t>Ulland, Jack</x:t>
   </x:si>
   <x:si>
     <x:t>1342</x:t>
   </x:si>
   <x:si>
     <x:t>1343</x:t>
   </x:si>
   <x:si>
     <x:t>1344</x:t>
   </x:si>
   <x:si>
     <x:t>1380</x:t>
   </x:si>
   <x:si>
     <x:t>1381</x:t>
   </x:si>
   <x:si>
     <x:t>1968</x:t>
   </x:si>
   <x:si>
     <x:t>Gonzalez-Zigala, Javier</x:t>
   </x:si>
   <x:si>
     <x:t>2188</x:t>
   </x:si>
   <x:si>
     <x:t>88</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson, Luke</x:t>
   </x:si>
   <x:si>
     <x:t>2321</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Horticulture  /  Landscape Design</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Horticulture  /  Landscape Design</x:t>
   </x:si>
   <x:si>
     <x:t>1273</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Industrial Technology  /  Metal Work</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Industrial Technology  /  Metal Work</x:t>
   </x:si>
   <x:si>
     <x:t>287</x:t>
   </x:si>
   <x:si>
     <x:t>527</x:t>
   </x:si>
   <x:si>
     <x:t>1351</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Industrial Technology  /  Woodworking</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Industrial Technology  /  Woodworking</x:t>
   </x:si>
   <x:si>
     <x:t>283</x:t>
   </x:si>
   <x:si>
     <x:t>284</x:t>
   </x:si>
   <x:si>
     <x:t>286</x:t>
   </x:si>
   <x:si>
     <x:t>322</x:t>
   </x:si>
   <x:si>
     <x:t>489</x:t>
   </x:si>
   <x:si>
     <x:t>490</x:t>
   </x:si>
   <x:si>
     <x:t>538</x:t>
   </x:si>
   <x:si>
     <x:t>539</x:t>
   </x:si>
@@ -3365,153 +3365,153 @@
   <x:si>
     <x:t>1311</x:t>
   </x:si>
   <x:si>
     <x:t>1365</x:t>
   </x:si>
   <x:si>
     <x:t>1451</x:t>
   </x:si>
   <x:si>
     <x:t>1493</x:t>
   </x:si>
   <x:si>
     <x:t>1575</x:t>
   </x:si>
   <x:si>
     <x:t>1778</x:t>
   </x:si>
   <x:si>
     <x:t>1970</x:t>
   </x:si>
   <x:si>
     <x:t>1975</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Mechanical Science</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Mechanical Science</x:t>
   </x:si>
   <x:si>
     <x:t>309</x:t>
   </x:si>
   <x:si>
     <x:t>Burt, Emitt</x:t>
   </x:si>
   <x:si>
     <x:t>2388</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Needle Arts</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Needle Arts</x:t>
   </x:si>
   <x:si>
     <x:t>943</x:t>
   </x:si>
   <x:si>
     <x:t>1001</x:t>
   </x:si>
   <x:si>
     <x:t>1004</x:t>
   </x:si>
   <x:si>
     <x:t>1083</x:t>
   </x:si>
   <x:si>
     <x:t>1276</x:t>
   </x:si>
   <x:si>
     <x:t>1350</x:t>
   </x:si>
   <x:si>
     <x:t>1486</x:t>
   </x:si>
   <x:si>
     <x:t>1487</x:t>
   </x:si>
   <x:si>
     <x:t>1610</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Performing Arts  /  Performance Based</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Performing Arts  /  Performance Based</x:t>
   </x:si>
   <x:si>
     <x:t>2437</x:t>
   </x:si>
   <x:si>
     <x:t>2439</x:t>
   </x:si>
   <x:si>
     <x:t>2440</x:t>
   </x:si>
   <x:si>
     <x:t>2441</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Pet Show</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Pet Show</x:t>
   </x:si>
   <x:si>
     <x:t>478</x:t>
   </x:si>
   <x:si>
     <x:t>94</x:t>
   </x:si>
   <x:si>
     <x:t>Wolf, Rebecca</x:t>
   </x:si>
   <x:si>
     <x:t>918</x:t>
   </x:si>
   <x:si>
     <x:t>923</x:t>
   </x:si>
   <x:si>
     <x:t>944</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Pets  /  Cats</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Pets  /  Cats</x:t>
   </x:si>
   <x:si>
     <x:t>917</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Pets  /  Dogs</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Pets  /  Dogs</x:t>
   </x:si>
   <x:si>
     <x:t>Possehl, Opal</x:t>
   </x:si>
   <x:si>
     <x:t>1992</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Pets  /  Pets</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Pets  /  Pets</x:t>
   </x:si>
   <x:si>
     <x:t>781</x:t>
   </x:si>
   <x:si>
     <x:t>945</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Photography  /  Elements of Photography</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Photography  /  Elements of Photography</x:t>
   </x:si>
   <x:si>
     <x:t>171</x:t>
   </x:si>
   <x:si>
     <x:t>172</x:t>
   </x:si>
   <x:si>
     <x:t>240</x:t>
   </x:si>
   <x:si>
     <x:t>241</x:t>
   </x:si>
   <x:si>
     <x:t>242</x:t>
   </x:si>
   <x:si>
     <x:t>310</x:t>
   </x:si>
   <x:si>
     <x:t>316</x:t>
   </x:si>
   <x:si>
     <x:t>317</x:t>
   </x:si>
@@ -3713,51 +3713,51 @@
   <x:si>
     <x:t>1873</x:t>
   </x:si>
   <x:si>
     <x:t>1874</x:t>
   </x:si>
   <x:si>
     <x:t>1875</x:t>
   </x:si>
   <x:si>
     <x:t>1977</x:t>
   </x:si>
   <x:si>
     <x:t>1993</x:t>
   </x:si>
   <x:si>
     <x:t>2297</x:t>
   </x:si>
   <x:si>
     <x:t>2298</x:t>
   </x:si>
   <x:si>
     <x:t>2299</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Photography  /  Photo Manipulation</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Photography  /  Photo Manipulation</x:t>
   </x:si>
   <x:si>
     <x:t>238</x:t>
   </x:si>
   <x:si>
     <x:t>319</x:t>
   </x:si>
   <x:si>
     <x:t>320</x:t>
   </x:si>
   <x:si>
     <x:t>321</x:t>
   </x:si>
   <x:si>
     <x:t>417</x:t>
   </x:si>
   <x:si>
     <x:t>418</x:t>
   </x:si>
   <x:si>
     <x:t>419</x:t>
   </x:si>
   <x:si>
     <x:t>446</x:t>
   </x:si>
@@ -3770,237 +3770,237 @@
   <x:si>
     <x:t>1225</x:t>
   </x:si>
   <x:si>
     <x:t>1226</x:t>
   </x:si>
   <x:si>
     <x:t>1384</x:t>
   </x:si>
   <x:si>
     <x:t>1473</x:t>
   </x:si>
   <x:si>
     <x:t>1477</x:t>
   </x:si>
   <x:si>
     <x:t>1479</x:t>
   </x:si>
   <x:si>
     <x:t>1876</x:t>
   </x:si>
   <x:si>
     <x:t>1878</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Plant Science  /  Plant and Soil Science</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Plant Science  /  Plant and Soil Science</x:t>
   </x:si>
   <x:si>
     <x:t>164</x:t>
   </x:si>
   <x:si>
     <x:t>Tvedt, Caleb</x:t>
   </x:si>
   <x:si>
     <x:t>1813</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Plant Science  /  Small Grains</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Plant Science  /  Small Grains</x:t>
   </x:si>
   <x:si>
     <x:t>243</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Quilting</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Quilting</x:t>
   </x:si>
   <x:si>
     <x:t>457</x:t>
   </x:si>
   <x:si>
     <x:t>825</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Brossard, Lillian </x:t>
   </x:si>
   <x:si>
     <x:t>2392</x:t>
   </x:si>
   <x:si>
     <x:t>Undecided - please contact me - Dodge County</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Safety</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Safety</x:t>
   </x:si>
   <x:si>
     <x:t>311</x:t>
   </x:si>
   <x:si>
     <x:t>1583</x:t>
   </x:si>
   <x:si>
     <x:t>185</x:t>
   </x:si>
   <x:si>
     <x:t>DeCook, Nora</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Science Inquiry</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Science Inquiry</x:t>
   </x:si>
   <x:si>
     <x:t>811</x:t>
   </x:si>
   <x:si>
     <x:t>1386</x:t>
   </x:si>
   <x:si>
     <x:t>1617</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Self Determined</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Self Determined</x:t>
   </x:si>
   <x:si>
     <x:t>288</x:t>
   </x:si>
   <x:si>
     <x:t>312</x:t>
   </x:si>
   <x:si>
     <x:t>886</x:t>
   </x:si>
   <x:si>
     <x:t>1220</x:t>
   </x:si>
   <x:si>
     <x:t>1490</x:t>
   </x:si>
   <x:si>
     <x:t>1524</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Shooting Sports</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Shooting Sports</x:t>
   </x:si>
   <x:si>
     <x:t>200</x:t>
   </x:si>
   <x:si>
     <x:t>Dreyer, Jeremiah</x:t>
   </x:si>
   <x:si>
     <x:t>2279</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Technology</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Technology</x:t>
   </x:si>
   <x:si>
     <x:t>1027</x:t>
   </x:si>
   <x:si>
     <x:t>1355</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Vegetable, Fruit and Herb Gardening  /  Fruit</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Vegetable, Fruit and Herb Gardening  /  Fruit</x:t>
   </x:si>
   <x:si>
     <x:t>121</x:t>
   </x:si>
   <x:si>
     <x:t>Rodriguez , Annabelle</x:t>
   </x:si>
   <x:si>
     <x:t>1231</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Vegetable, Fruit and Herb Gardening  /  Herb Gardening</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Vegetable, Fruit and Herb Gardening  /  Herb Gardening</x:t>
   </x:si>
   <x:si>
     <x:t>1458</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Vegetable, Fruit and Herb Gardening  /  Vegetable Container Garden Exhibit</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Vegetable, Fruit and Herb Gardening  /  Vegetable Container Garden Exhibit</x:t>
   </x:si>
   <x:si>
     <x:t>1385</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Vegetable, Fruit and Herb Gardening  /  Vegetable Gardening Box</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Vegetable, Fruit and Herb Gardening  /  Vegetable Gardening Box</x:t>
   </x:si>
   <x:si>
     <x:t>1100</x:t>
   </x:si>
   <x:si>
     <x:t>1232</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Vegetable, Fruit and Herb Gardening  /  Vegetable Plate</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Vegetable, Fruit and Herb Gardening  /  Vegetable Plate</x:t>
   </x:si>
   <x:si>
     <x:t>1101</x:t>
   </x:si>
   <x:si>
     <x:t>1148</x:t>
   </x:si>
   <x:si>
     <x:t>1233</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Veterinary Science</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Veterinary Science</x:t>
   </x:si>
   <x:si>
     <x:t>487</x:t>
   </x:si>
   <x:si>
     <x:t>911</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Wildlife Biology and Management</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Wildlife Biology and Management</x:t>
   </x:si>
   <x:si>
     <x:t>92</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Wolf, Ethan </x:t>
   </x:si>
   <x:si>
     <x:t>913</x:t>
   </x:si>
   <x:si>
     <x:t>1994</x:t>
   </x:si>
   <x:si>
     <x:t>184</x:t>
   </x:si>
   <x:si>
     <x:t>Senyak, Roman</x:t>
   </x:si>
   <x:si>
     <x:t>2008</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> General Projects  /  General - All Projects  /  Youth Leadership</x:t>
+    <x:t xml:space="preserve"> General Projects  /  General - All Classes  /  Youth Leadership</x:t>
   </x:si>
   <x:si>
     <x:t>291</x:t>
   </x:si>
   <x:si>
     <x:t>1363</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Horse  /  Horse  /  01: Showmanship at Halter - Grades 9+</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Horse  /  Horse  /  02: Showmanship at Halter - Grades 6-8</x:t>
   </x:si>
   <x:si>
     <x:t>123</x:t>
   </x:si>
   <x:si>
     <x:t>Holtz, Cora</x:t>
   </x:si>
   <x:si>
     <x:t>1242</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Horse  /  Horse  /  13: Western Pleasure - Grades 9+</x:t>
   </x:si>